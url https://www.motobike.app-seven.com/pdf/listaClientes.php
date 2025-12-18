--- v0 (2025-10-06)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -86,50 +86,56 @@
   <si>
     <t>AMBROSIO CAMPOS JULIO CESAR</t>
   </si>
   <si>
     <t>ANDY JULIAN HUAMAN SELESTINO</t>
   </si>
   <si>
     <t>AUTORIDAD NACIONAL DEL AGUA</t>
   </si>
   <si>
     <t>CAL.17 NRO. 355 URB.  EL PALOMAR - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>BIG CAPITAL SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. ALAMEDA PERU NRO. 852 OTR.  CENT TINGO MARIA - RUPA-RUPA - LEONCIO PRADO - HUANUCO</t>
   </si>
   <si>
     <t>BIOFER S.A.C.</t>
   </si>
   <si>
     <t>CAL.BENJAMIN DOIG NRO. 2776 URB.  EL PACIFICO I ETAPA  (CRUCE AVS.UNIVERS.Y A.GAMARRA MZ.F LT.11) - SAN MARTIN DE PORRES - LIMA - LIMA</t>
   </si>
   <si>
+    <t>COMERCIALIZADORA DE COMBUSTIBLES DELTA EMPRESA INDIVIDUAL DE RESPONSDABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>AV. UNIVERSITARIA NRO. 1510 - PILLCO MARCA - HUANUCO - HUANUCO</t>
+  </si>
+  <si>
     <t>CONSORCIO GENESIS</t>
   </si>
   <si>
     <t>CONSORCIO GOMEZ HNOS S.R.L.</t>
   </si>
   <si>
     <t>AV. ESTEBAN PAVLETICH NRO. 1013 PAUCARBAMBA  (SEGUNDA PLANTA) - AMARILIS - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>CONSORCIO JESUS REDENTOR</t>
   </si>
   <si>
     <t>JR. AYACUCHO NRO. 530 - HUANUCO - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>CONSORCIO LAS PAMPAS</t>
   </si>
   <si>
     <t>NRO. SN DPTO. C URB.  FONAVI I EDIFICIO 2  (2DO PISO, PASANDO PTE SAN SEBASTIAN) - AMARILIS - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>CONSORCIO LIDERCLOUD S.R.L.</t>
   </si>
   <si>
     <t>JR. HUANUCO NRO. 253 (FTE AL COLEGIO LA INMACULADA CONCEPCION) - HUANUCO - HUANUCO - HUANUCO</t>
@@ -162,50 +168,56 @@
     <t>CORPORATION CIMARQ SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>JR. LOS OLIVOS LOTE. 2 URB.  LAS PALMERAS  (ESPALDA GRIFO DELTA A 60M ARRIBA) - PILLCO MARCA - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>DIAZ SILVESTRE MACKERLY ROSSMERY</t>
   </si>
   <si>
     <t>DISTRIBUIDORA BRANDON HNOS. EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. HUANUCO NRO. 255 (ENTRE EL J.LEONCIO PRADO Y EL J.INDEPEND) - HUANUCO - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>DON GAS</t>
   </si>
   <si>
     <t>00000000</t>
   </si>
   <si>
     <t>EL PAISITA</t>
   </si>
   <si>
     <t>JR. AMAZONAS MZA. 208 LOTE. 16 - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
+    <t>EMPRESA VIAS DE LA ESPERANZA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>----BQ CERRO JACTAY NRO. 8 A.H.  CERRO JACTAY  (A 3CDRAS DE IE ALEJANDRO SANCHEZ ARTEAGA) - HUANUCO - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>ENVASADORA Y DISTRIBUIDORA SAN DIEGO EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>MZA. G LOTE. 17 URB.  SANTA MARÃA DEL HUALLAGA  (AL COSTADO DE LA LADRERIA CHAPACUETE) - AMARILIS - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>FELIX DISTRIBUIDORA</t>
   </si>
   <si>
     <t>GARCIA ROJAS JUAN CARLOS</t>
   </si>
   <si>
     <t>HILMER  CRUZ SUAREZ</t>
   </si>
   <si>
     <t>HUAYCHAO LEANDRO ABEL MARTIN</t>
   </si>
   <si>
     <t>INFINITE SPEED TELECOMUNICACIONES SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>JR. 28 DE JULIO MZA. D LOTE. 13 (POR LA DISTRIBUIDORA ATACHAGUA) - PILLCO MARCA - HUANUCO - HUANUCO</t>
   </si>
@@ -696,54 +708,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H55"/>
+  <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H55" sqref="H55"/>
+      <selection activeCell="H57" sqref="H57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -932,1013 +944,1057 @@
         <v>22</v>
       </c>
       <c r="C10" s="3">
         <v>20506992002</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="C11" s="3">
-        <v>20613228064</v>
+        <v>20528970339</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E11" s="3"/>
+      <c r="E11" s="3" t="s">
+        <v>25</v>
+      </c>
       <c r="F11" s="3"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C12" s="3">
-        <v>20447142059</v>
+        <v>20613228064</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="3">
-        <v>20609914352</v>
+        <v>20447142059</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>28</v>
       </c>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="3">
-        <v>20613480669</v>
+        <v>20609914352</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="3">
-        <v>20489740231</v>
+        <v>20613480669</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="3">
-        <v>20611644931</v>
+        <v>20489740231</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="3">
-        <v>20162333586</v>
+        <v>20611644931</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>36</v>
       </c>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="3">
-        <v>20604899312</v>
+        <v>20162333586</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>38</v>
       </c>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="3">
-        <v>20573266201</v>
+        <v>20604899312</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="3" t="s">
         <v>40</v>
       </c>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="3">
-        <v>20600438965</v>
+        <v>20573266201</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>42</v>
       </c>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="3">
-        <v>10723266543</v>
+        <v>20600438965</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C22" s="3">
-        <v>20603640269</v>
+        <v>10723266543</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C23" s="3" t="s">
+      <c r="C23" s="3">
+        <v>20603640269</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="D23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="C24" s="3">
-        <v>20610673636</v>
+      <c r="C24" s="3" t="s">
+        <v>49</v>
       </c>
       <c r="D24" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="3">
-        <v>20529046171</v>
+        <v>20610673636</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="3" t="s">
         <v>51</v>
       </c>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="3">
-        <v>20606823283</v>
+        <v>20601647690</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E26" s="3"/>
+      <c r="E26" s="3" t="s">
+        <v>53</v>
+      </c>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C27" s="3">
-        <v>10431617086</v>
+        <v>20529046171</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C28" s="3">
-        <v>42006040</v>
+        <v>20606823283</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C29" s="3">
-        <v>10732255180</v>
+        <v>10431617086</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C30" s="3">
-        <v>20603757794</v>
+        <v>42006040</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C31" s="3">
-        <v>20612566560</v>
+        <v>10732255180</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>59</v>
+        <v>13</v>
       </c>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C32" s="3">
-        <v>20607961949</v>
+        <v>20603757794</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>61</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C33" s="3">
-        <v>20604065934</v>
+        <v>20612566560</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>63</v>
       </c>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="3">
-        <v>10430112401</v>
+        <v>20607961949</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C35" s="3">
-        <v>72320091</v>
+        <v>20604065934</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E35" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>67</v>
+      </c>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C36" s="3">
-        <v>22418662</v>
+        <v>10430112401</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E36" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>13</v>
+      </c>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C37" s="3">
-        <v>62970725</v>
+        <v>72320091</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C38" s="3">
-        <v>10224897834</v>
+        <v>22418662</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C39" s="3">
-        <v>10225087445</v>
+        <v>62970725</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C40" s="3">
-        <v>20393667118</v>
+        <v>10224897834</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C41" s="3">
-        <v>20158997941</v>
+        <v>10225087445</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C42" s="3">
-        <v>20486647842</v>
+        <v>20393667118</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>75</v>
       </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>76</v>
       </c>
       <c r="C43" s="3">
-        <v>10403041993</v>
+        <v>20158997941</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C44" s="3">
-        <v>10040232112</v>
+        <v>20486647842</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>13</v>
+        <v>79</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C45" s="3">
-        <v>20477936882</v>
+        <v>10403041993</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>79</v>
+        <v>13</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C46" s="3">
-        <v>15601785754</v>
+        <v>10040232112</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C47" s="3">
-        <v>20604548706</v>
+        <v>20477936882</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C48" s="3">
-        <v>20609290961</v>
+        <v>15601785754</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="3" t="s">
-        <v>84</v>
+        <v>13</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C49" s="3">
-        <v>43119387</v>
+        <v>20604548706</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E49" s="3"/>
+        <v>10</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>86</v>
+      </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C50" s="3">
-        <v>10471470401</v>
+        <v>20609290961</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C51" s="3">
-        <v>10464829674</v>
+        <v>43119387</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C52" s="3">
-        <v>20172383531</v>
+        <v>10471470401</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C53" s="3">
-        <v>20507553711</v>
+        <v>10464829674</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C54" s="3">
-        <v>20489414946</v>
+        <v>20172383531</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="3" t="s">
         <v>93</v>
       </c>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C55" s="3">
-        <v>20602714722</v>
+        <v>20507553711</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="3" t="s">
         <v>95</v>
       </c>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" s="3">
+        <v>54</v>
+      </c>
+      <c r="B56" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C56" s="3">
+        <v>20489414946</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="F56" s="3"/>
+      <c r="G56" s="3"/>
+      <c r="H56" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" s="3">
+        <v>55</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C57" s="3">
+        <v>20602714722</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F57" s="3"/>
+      <c r="G57" s="3"/>
+      <c r="H57" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>